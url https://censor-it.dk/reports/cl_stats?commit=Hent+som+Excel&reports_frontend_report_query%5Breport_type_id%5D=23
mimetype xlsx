--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -429,100 +429,100 @@
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Administrationsbacheloruddannelsen 
 Professionsbachelor i skat 
 Sundhedsadministrativ koordinator</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="n">
         <v>755</v>
       </c>
       <c r="B5" s="4" t="n">
         <v>228</v>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
           <t>Den offentlige lederuddannelse 
 Diplomuddannelsen i ledelse  
 Ingeniørernes lederuddannelse (Engineering Business Administration)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="n">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B6" s="4" t="n">
         <v>212</v>
       </c>
       <c r="C6" s="4" t="inlineStr">
         <is>
           <t>Den sociale diplomuddannelse (SOSAM) 
 Diplomuddannelse i beskæftigelse (SOSAM) 
 Diplomuddannelse i familieterapi og relationel praksis (SOSAM) 
 Diplomuddannelse i kriminologi (SOSAM) 
 Diplomuddannelse i offentlig forvaltning og administration (SOSAM) 
 Diplomuddannelse i rusmiddelbehandling (SOSAM) 
 Diplomuddannelse i socialformidling (SOSAM) 
 Diplomuddannelse i uddannelses-, erhvervs- og karrierevejledning (SOSAM)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="n">
         <v>112</v>
       </c>
       <c r="B7" s="4" t="n">
         <v>88</v>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Jordemoderuddannelsen - semesteruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="n">
         <v>15</v>
       </c>
       <c r="B8" s="4" t="n">
         <v>39</v>
       </c>
       <c r="C8" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i tekstildesign, -håndværk og formidling</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="n">
-        <v>2044</v>
+        <v>2043</v>
       </c>
       <c r="B9" s="4" t="n">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="C9" s="4" t="inlineStr">
         <is>
           <t>Ny Pædagoguddannelse</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="4" t="n">
         <v>146</v>
       </c>
       <c r="B10" s="4" t="n">
         <v>102</v>
       </c>
       <c r="C10" s="4" t="inlineStr">
         <is>
           <t>Radiografuddannelsen - Semester</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="n">
         <v>13</v>
       </c>
       <c r="B11" s="4" t="n">
@@ -579,67 +579,67 @@
       </c>
       <c r="B15" s="4" t="n">
         <v>397</v>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Sygeplejerskeuddannelsen - semesterudd.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="n">
         <v>198</v>
       </c>
       <c r="B16" s="4" t="n">
         <v>123</v>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Bioanalytikeruddannelsen - semesterudd.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="n">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="B17" s="4" t="n">
         <v>366</v>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Fysioterapeutuddannelsen</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="n">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="B18" s="4" t="n">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Læreruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="n">
         <v>13</v>
       </c>
       <c r="B19" s="4" t="n">
         <v>35</v>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i Natur- og Kulturformidling</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="4" t="n">
@@ -647,51 +647,51 @@
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor som Dansk Tegnsprogs- og Skrivetolk</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="n">
         <v>18</v>
       </c>
       <c r="B21" s="4" t="n">
         <v>22</v>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i lyddesign</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="n">
         <v>454</v>
       </c>
       <c r="B22" s="4" t="n">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Pædagogisk Diplomuddannelse</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="n">
         <v>98</v>
       </c>
       <c r="B23" s="4" t="n">
         <v>90</v>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Det Sundhedsfaglige Diplomområde</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="n">
         <v>40</v>
       </c>
       <c r="B24" s="4" t="n">
@@ -722,51 +722,51 @@
       </c>
       <c r="B26" s="4" t="n">
         <v>40</v>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Psykomotorikuddannelsen</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="n">
         <v>783</v>
       </c>
       <c r="B27" s="4" t="n">
         <v>261</v>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Socialrådgiveruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B28" s="4" t="n">
         <v>100</v>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Ergoterapeutuddannelsen - semesterudd. (ny ordning)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">